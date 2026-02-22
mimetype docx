--- v0 (2025-11-04)
+++ v1 (2026-02-22)
@@ -9,2312 +9,2146 @@
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="795D6D1A" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="000B0C58" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+    <w:p w14:paraId="795D6D1A" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The Missouri State University-West Plains Honorary Degree shall be bestowed to recognize and honor exceptional men and women who have given a substantial part of their lives to serving others and/or who have distinguished themselves and to establish a public association between Missouri State University-West Plains and such exceptional men and women, thereby providing testimony to the values and quality of two-year institutions.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102F7C41" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="000B0C58" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+    <w:p w14:paraId="102F7C41" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="08BE7C32" w14:textId="3163D087" w:rsidR="000458C6" w:rsidRPr="000B0C58" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+    <w:p w14:paraId="08BE7C32" w14:textId="39CDDB39" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nominations for</w:t>
       </w:r>
-      <w:r w:rsidR="00214A47">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00214A47" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> the conferral</w:t>
       </w:r>
-      <w:r w:rsidR="00A20CA4">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00A20CA4" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> of</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> an</w:t>
       </w:r>
-      <w:r w:rsidR="009A4856">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="009A4856" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> honorary degree </w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>are due on</w:t>
       </w:r>
-      <w:r w:rsidR="00D77A82">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00D77A82" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007830A0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Friday, </w:t>
+      </w:r>
+      <w:r w:rsidR="007830A0" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">March </w:t>
       </w:r>
-      <w:r w:rsidR="00BF61EE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00BF61EE" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>14</w:t>
+        <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00D77A82">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00D77A82" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, 202</w:t>
       </w:r>
-      <w:r w:rsidR="00BF61EE">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00D77A82">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00D77A82" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="0062093E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="0062093E" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>The honorary degree will</w:t>
       </w:r>
-      <w:r w:rsidR="00D77A82">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00D77A82" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> be awarded at </w:t>
       </w:r>
-      <w:r w:rsidR="0059025D">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="0059025D" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the commencement</w:t>
+        <w:t xml:space="preserve">the </w:t>
       </w:r>
-      <w:r w:rsidR="0062093E">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="003F6246" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> held</w:t>
+        <w:t>spring 2026 commencement</w:t>
       </w:r>
-      <w:r w:rsidR="00497C93">
-[...28 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00D77A82" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="006B1ABB">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="006B1ABB" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>ompleted nomination form</w:t>
       </w:r>
-      <w:r w:rsidR="006B1ABB">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="006B1ABB" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> may be </w:t>
       </w:r>
-      <w:r w:rsidR="007830A0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="007830A0" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">elivered to the </w:t>
       </w:r>
-      <w:r w:rsidR="007830A0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="007830A0" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chancellor’s Office i</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">n Kellett Hall, </w:t>
       </w:r>
-      <w:r w:rsidR="007830A0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="007830A0" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>second floor</w:t>
       </w:r>
-      <w:r w:rsidR="00362362">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="00362362" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> or sent by email to </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
-        <w:r w:rsidR="007830A0" w:rsidRPr="009A6EB1">
+        <w:r w:rsidR="00807A2C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
           </w:rPr>
-          <w:t>wpchancellor@missouristate.edu</w:t>
+          <w:t>WPChancellor@MissouriState.edu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.  For more information, call 417-255-7</w:t>
       </w:r>
-      <w:r w:rsidR="007830A0">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidR="007830A0" w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>900</w:t>
       </w:r>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EAF2E95" w14:textId="77777777" w:rsidR="001C37A4" w:rsidRPr="000D70EF" w:rsidRDefault="001C37A4" w:rsidP="001C37A4">
+    <w:p w14:paraId="0EAF2E95" w14:textId="77777777" w:rsidR="001C37A4" w:rsidRPr="003F6246" w:rsidRDefault="001C37A4" w:rsidP="001C37A4">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="719AC83E" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000D70EF" w:rsidRDefault="00994626">
+    <w:p w14:paraId="719AC83E" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="8"/>
-          <w:szCs w:val="8"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1368"/>
         <w:gridCol w:w="810"/>
         <w:gridCol w:w="359"/>
         <w:gridCol w:w="7543"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="5169846B" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="5169846B" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2178" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5A00E29D" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5A00E29D" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Nominee’s Full Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8010" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F02970B" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA" w:rsidP="0064178B">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="6F02970B" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA" w:rsidP="0064178B">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="2593E619" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="2593E619" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5809EDC9" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5809EDC9" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF42DF6" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="0FF42DF6" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="58E1E2AE" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="58E1E2AE" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="35EF1B9C" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="35EF1B9C" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3102F0F0" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="3102F0F0" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D70EF" w:rsidRPr="000B0C58" w14:paraId="6ADC20C7" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="000D70EF" w:rsidRPr="003F6246" w14:paraId="6ADC20C7" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B371E07" w14:textId="4BE354C0" w:rsidR="000D70EF" w:rsidRPr="000B0C58" w:rsidRDefault="000D70EF">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="1B371E07" w14:textId="4BE354C0" w:rsidR="000D70EF" w:rsidRPr="003F6246" w:rsidRDefault="000D70EF">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C87A545" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="000B0C58" w:rsidRDefault="000D70EF">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="2C87A545" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="003F6246" w:rsidRDefault="000D70EF">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="186ED69F" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="186ED69F" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2538" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6CC20F97" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="6CC20F97" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Occupation/Organization</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDD00A6" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="6BDD00A6" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="4DD03D6A" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="4DD03D6A" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6F2C3E0B" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="6F2C3E0B" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Spouse</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0F551340" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="0F551340" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005860BA" w:rsidRPr="000B0C58" w14:paraId="38E663DE" w14:textId="77777777" w:rsidTr="000B0C58">
+      <w:tr w:rsidR="005860BA" w:rsidRPr="003F6246" w14:paraId="38E663DE" w14:textId="77777777" w:rsidTr="000B0C58">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1368" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="48D0EA11" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="48D0EA11" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Children</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8820" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11B070DC" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000B0C58" w:rsidRDefault="005860BA">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="11B070DC" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7991FB1C" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="000D70EF" w:rsidRDefault="005860BA">
+    <w:p w14:paraId="7991FB1C" w14:textId="77777777" w:rsidR="005860BA" w:rsidRPr="003F6246" w:rsidRDefault="005860BA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="705B5B9A" w14:textId="77777777" w:rsidR="00F75596" w:rsidRPr="000D70EF" w:rsidRDefault="00F75596">
+    <w:p w14:paraId="705B5B9A" w14:textId="77777777" w:rsidR="00F75596" w:rsidRPr="003F6246" w:rsidRDefault="00F75596">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...1 lines deleted...]
-          <w:szCs w:val="10"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="558"/>
         <w:gridCol w:w="395"/>
         <w:gridCol w:w="55"/>
         <w:gridCol w:w="9180"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="0CC4B698" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="0CC4B698" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD61BA7" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7BD61BA7" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="5FEFC77C" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC" w:rsidP="004966E1">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5FEFC77C" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC" w:rsidP="004966E1">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Career History</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="05F841A9" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="05F841A9" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="441"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="719D90D3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="719D90D3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="44C9E3EA" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="44C9E3EA" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10396C31" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC" w:rsidP="00564147">
-[...31 lines deleted...]
-              <w:t xml:space="preserve"> and scope of responsibilities</w:t>
+          <w:p w14:paraId="10396C31" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC" w:rsidP="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Outline the career of the nominee, including professional experiences and scope of responsibilities</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="7BDA7BC0" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="7BDA7BC0" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FFBAA2B" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="1FFBAA2B" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="14BBE8D3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="14BBE8D3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07DF98C8" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRDefault="006B1ABB">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="07DF98C8" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="27F4F7FD" w14:textId="77777777" w:rsidR="00873CB5" w:rsidRPr="003F6246" w:rsidRDefault="00873CB5">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="3220369F" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="3220369F" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="450"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07CA6299" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="07CA6299" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7A354625" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7A354625" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="68D0ECFB" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="68D0ECFB" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>List contributions to profession (publications, programs, research, etc</w:t>
             </w:r>
-            <w:r w:rsidR="003443DB">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidR="003443DB" w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="31E42525" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="31E42525" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18DC38A6" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="18DC38A6" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5375E556" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5375E556" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6CEBF473" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="6CEBF473" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="330DC24F" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="51BBFCCB" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="51BBFCCB" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="630"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1871CB1E" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="1871CB1E" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="608A0D19" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="608A0D19" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2551B3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="2B2551B3" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>List honors, awards, testimonials, etc., which support the nominee’s special contributions in his/her field</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="636587D4" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="636587D4" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33DDDD80" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="33DDDD80" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="61874499" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="61874499" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D5F9E44" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="1D5F9E44" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="784753C4" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="5B18E344" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="5B18E344" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4918B325" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="4918B325" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>II.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="539D7831" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="539D7831" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Community</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="3A11A1C9" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="3A11A1C9" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64D37E05" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="64D37E05" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="20966940" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="20966940" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>A.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45507126" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="45507126" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Outline community activities and any positions held in organization of involvement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="31A15458" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="31A15458" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="517873D6" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="517873D6" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1500AE17" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="1500AE17" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5623578F" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5623578F" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24E2F36D" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="59EE473E" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="59EE473E" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="459"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="152D9335" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="152D9335" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="10750690" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="10750690" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>B.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74897F87" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="74897F87" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Mention noteworthy contributions to community</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="676F3D0D" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="676F3D0D" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="252FF043" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="252FF043" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B2112E8" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="3B2112E8" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EDF1C94" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7EDF1C94" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="505852D9" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w14:paraId="61D68B7C" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00CF45CC" w:rsidRPr="003F6246" w14:paraId="61D68B7C" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="666"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3185FCFB" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00CF45CC">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="3185FCFB" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00CF45CC">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="7C46FA2D" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7C46FA2D" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>C.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="49F89E1D" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="49F89E1D" w14:textId="77777777" w:rsidR="00CF45CC" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>List honors, awards, testimonials, etc., which support the nominee’s special contributions to the community</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="43BEFBDD" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="43BEFBDD" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7EB202CA" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7EB202CA" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="450" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0E21EB0F" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="0E21EB0F" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9180" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="464352AD" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="464352AD" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1FC7817B" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="09ED767C" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="09ED767C" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="378"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10D11F43" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="10D11F43" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>III.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="41A8F5E0" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="41A8F5E0" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Educational history and degrees earned</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="094A29E4" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="094A29E4" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="75E719EF" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="75E719EF" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDACA14" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="3DDACA14" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9235" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="0D873C9B" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="0D873C9B" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="182CC9E6" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="624CBB34" w14:textId="77777777" w:rsidTr="006B1ABB">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="624CBB34" w14:textId="77777777" w:rsidTr="006B1ABB">
         <w:trPr>
           <w:trHeight w:val="477"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D35BF2E" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="7D35BF2E" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>IV.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9630" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="11F44020" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...9 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="11F44020" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Summarize the reasons you believe the n</w:t>
             </w:r>
-            <w:r w:rsidR="00F1515E">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidR="00F1515E" w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>ominee should receive an honorary degree</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="03A660F2" w14:textId="77777777" w:rsidTr="00BD326D">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="03A660F2" w14:textId="77777777" w:rsidTr="00BD326D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="558" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B6A0D8" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="34B6A0D8" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="395" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D4547F9" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
-[...2 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="5D4547F9" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9235" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="45E6FC90" w14:textId="77777777" w:rsidR="00564147" w:rsidRDefault="00564147">
-[...11 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+          <w:p w14:paraId="45E6FC90" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="497409BD" w14:textId="77777777" w:rsidR="006B1ABB" w:rsidRPr="003F6246" w:rsidRDefault="006B1ABB">
+            <w:pPr>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="20E1C9C1" w14:textId="77777777" w:rsidR="0074147C" w:rsidRPr="000B0C58" w:rsidRDefault="0074147C">
+    <w:p w14:paraId="20E1C9C1" w14:textId="77777777" w:rsidR="0074147C" w:rsidRPr="003F6246" w:rsidRDefault="0074147C">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1105C08A" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626" w:rsidP="00994626">
+    <w:p w14:paraId="1105C08A" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626" w:rsidP="00994626">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+      <w:r w:rsidRPr="003F6246">
+        <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Nominator Information</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24B8364A" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
+    <w:p w14:paraId="24B8364A" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1165"/>
         <w:gridCol w:w="4650"/>
         <w:gridCol w:w="896"/>
         <w:gridCol w:w="3369"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="79E23B9B" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="79E23B9B" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A078BA6" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
+          <w:p w14:paraId="4A078BA6" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8915" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1E85462F" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
+          <w:p w14:paraId="1E85462F" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="558B1B0E" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="558B1B0E" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7715B4E6" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
+          <w:p w14:paraId="7715B4E6" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8915" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="16C9C4AF" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
+          <w:p w14:paraId="16C9C4AF" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000D70EF" w:rsidRPr="000B0C58" w14:paraId="37E7D92B" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="000D70EF" w:rsidRPr="003F6246" w14:paraId="37E7D92B" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2C592C28" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="000B0C58" w:rsidRDefault="000D70EF" w:rsidP="00F13E38">
+          <w:p w14:paraId="2C592C28" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="003F6246" w:rsidRDefault="000D70EF" w:rsidP="00F13E38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8915" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="73FFD052" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="000B0C58" w:rsidRDefault="000D70EF" w:rsidP="00F13E38">
+          <w:p w14:paraId="73FFD052" w14:textId="77777777" w:rsidR="000D70EF" w:rsidRPr="003F6246" w:rsidRDefault="000D70EF" w:rsidP="00F13E38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C44196" w:rsidRPr="000B0C58" w14:paraId="0594F8A3" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="00C44196" w:rsidRPr="003F6246" w14:paraId="0594F8A3" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5499CBBD" w14:textId="2D1DC0BE" w:rsidR="00C44196" w:rsidRPr="000B0C58" w:rsidRDefault="000D70EF">
+          <w:p w14:paraId="5499CBBD" w14:textId="2D1DC0BE" w:rsidR="00C44196" w:rsidRPr="003F6246" w:rsidRDefault="000D70EF">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8915" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B2A01D4" w14:textId="77777777" w:rsidR="00C44196" w:rsidRPr="000B0C58" w:rsidRDefault="00C44196">
+          <w:p w14:paraId="2B2A01D4" w14:textId="77777777" w:rsidR="00C44196" w:rsidRPr="003F6246" w:rsidRDefault="00C44196">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00564147" w:rsidRPr="000B0C58" w14:paraId="7426DC9F" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="00564147" w:rsidRPr="003F6246" w14:paraId="7426DC9F" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10080" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5F503186" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
+          <w:p w14:paraId="2288C629" w14:textId="32DE0148" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00564147">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>I hereby attest the information contained in the nomination form is correct according to my best knowledge and belief</w:t>
             </w:r>
-            <w:r w:rsidR="00F74544" w:rsidRPr="000B0C58">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+            <w:r w:rsidR="00F74544" w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2288C629" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
-[...8 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00994626" w:rsidRPr="000B0C58" w14:paraId="54770E1C" w14:textId="77777777" w:rsidTr="000D70EF">
+      <w:tr w:rsidR="00994626" w:rsidRPr="003F6246" w14:paraId="54770E1C" w14:textId="77777777" w:rsidTr="000D70EF">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1165" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11EAB5C7" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
+          <w:p w14:paraId="11EAB5C7" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4650" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="744C4A10" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
+          <w:p w14:paraId="744C4A10" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="896" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC23F8D" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
+          <w:p w14:paraId="2DC23F8D" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-[...6 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F6246">
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3369" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="100CC1E4" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="000B0C58" w:rsidRDefault="00994626">
+          <w:p w14:paraId="100CC1E4" w14:textId="77777777" w:rsidR="00994626" w:rsidRPr="003F6246" w:rsidRDefault="00994626">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7665308B" w14:textId="77777777" w:rsidR="0074147C" w:rsidRPr="000B0C58" w:rsidRDefault="0074147C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="230445AD" w14:textId="77777777" w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidRDefault="00564147">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00564147" w:rsidRPr="000B0C58" w:rsidSect="00B866E2">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="192B3C4A" w14:textId="77777777" w:rsidR="007D3CCF" w:rsidRDefault="007D3CCF" w:rsidP="000458C6">
+    <w:p w14:paraId="791A01F2" w14:textId="77777777" w:rsidR="006F60AE" w:rsidRDefault="006F60AE" w:rsidP="000458C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6C0D63B2" w14:textId="77777777" w:rsidR="007D3CCF" w:rsidRDefault="007D3CCF" w:rsidP="000458C6">
+    <w:p w14:paraId="51ACFF70" w14:textId="77777777" w:rsidR="006F60AE" w:rsidRDefault="006F60AE" w:rsidP="000458C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2460,117 +2294,115 @@
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidRPr="007F0312">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="2377FACE" w14:textId="77777777" w:rsidR="007F0312" w:rsidRDefault="007F0312">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="75F1B704" w14:textId="77777777" w:rsidR="007D3CCF" w:rsidRDefault="007D3CCF" w:rsidP="000458C6">
+    <w:p w14:paraId="3D66DEDD" w14:textId="77777777" w:rsidR="006F60AE" w:rsidRDefault="006F60AE" w:rsidP="000458C6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="09577DE3" w14:textId="77777777" w:rsidR="007D3CCF" w:rsidRDefault="007D3CCF" w:rsidP="000458C6">
+    <w:p w14:paraId="13AFCC4C" w14:textId="77777777" w:rsidR="006F60AE" w:rsidRDefault="006F60AE" w:rsidP="000458C6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="708E5AD8" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="000B0C58" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+  <w:p w14:paraId="708E5AD8" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B0C58">
+    <w:r w:rsidRPr="003F6246">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Missouri State University-West Plains</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="203FF76C" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="000B0C58" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+  <w:p w14:paraId="203FF76C" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B0C58">
+    <w:r w:rsidRPr="003F6246">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> Conferral of an Honorary Degree</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5103B3E3" w14:textId="77777777" w:rsidR="000458C6" w:rsidRDefault="000458C6" w:rsidP="000458C6">
+  <w:p w14:paraId="5103B3E3" w14:textId="77777777" w:rsidR="000458C6" w:rsidRPr="003F6246" w:rsidRDefault="000458C6" w:rsidP="000458C6">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="000B0C58">
+    <w:r w:rsidRPr="003F6246">
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Nomination Form</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1618FA83" w14:textId="77777777" w:rsidR="000B0C58" w:rsidRPr="000B0C58" w:rsidRDefault="000B0C58" w:rsidP="000458C6">
     <w:pPr>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
         <w:b/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="574F2E68" w14:textId="77777777" w:rsidR="000458C6" w:rsidRDefault="000458C6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
@@ -2629,135 +2461,140 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="59794778">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1346126379">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1990015195">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="210"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00291F6C"/>
     <w:rsid w:val="0000441F"/>
     <w:rsid w:val="00022CC2"/>
     <w:rsid w:val="000458C6"/>
     <w:rsid w:val="0008662F"/>
     <w:rsid w:val="000B0C58"/>
     <w:rsid w:val="000D70EF"/>
     <w:rsid w:val="001319CE"/>
     <w:rsid w:val="00176D4A"/>
     <w:rsid w:val="001C37A4"/>
     <w:rsid w:val="001F4481"/>
     <w:rsid w:val="00207E54"/>
     <w:rsid w:val="00214A47"/>
     <w:rsid w:val="0021513A"/>
     <w:rsid w:val="00291F6C"/>
     <w:rsid w:val="002A6346"/>
     <w:rsid w:val="003443DB"/>
     <w:rsid w:val="00362362"/>
     <w:rsid w:val="003860E1"/>
     <w:rsid w:val="0038745F"/>
+    <w:rsid w:val="003F6246"/>
     <w:rsid w:val="00425387"/>
     <w:rsid w:val="00460CF2"/>
     <w:rsid w:val="00471062"/>
     <w:rsid w:val="004966E1"/>
     <w:rsid w:val="00497C93"/>
     <w:rsid w:val="004D69E2"/>
     <w:rsid w:val="004F19E8"/>
     <w:rsid w:val="00532DB3"/>
     <w:rsid w:val="005458DC"/>
     <w:rsid w:val="00564147"/>
     <w:rsid w:val="005860BA"/>
     <w:rsid w:val="0059025D"/>
     <w:rsid w:val="005914C2"/>
     <w:rsid w:val="005A6434"/>
     <w:rsid w:val="005F7016"/>
     <w:rsid w:val="0062093E"/>
     <w:rsid w:val="0064178B"/>
     <w:rsid w:val="00646C07"/>
     <w:rsid w:val="006702C0"/>
     <w:rsid w:val="006778CD"/>
     <w:rsid w:val="00683040"/>
     <w:rsid w:val="006B1ABB"/>
     <w:rsid w:val="006B3044"/>
+    <w:rsid w:val="006F60AE"/>
     <w:rsid w:val="006F60B5"/>
     <w:rsid w:val="00726DD3"/>
     <w:rsid w:val="00735787"/>
     <w:rsid w:val="0074147C"/>
     <w:rsid w:val="0077793A"/>
     <w:rsid w:val="00780430"/>
     <w:rsid w:val="007830A0"/>
     <w:rsid w:val="007D3CCF"/>
     <w:rsid w:val="007F0312"/>
     <w:rsid w:val="008076F0"/>
+    <w:rsid w:val="00807A2C"/>
     <w:rsid w:val="00813F2F"/>
     <w:rsid w:val="0085788F"/>
     <w:rsid w:val="00873CB5"/>
+    <w:rsid w:val="00886A5B"/>
     <w:rsid w:val="008B5E4C"/>
+    <w:rsid w:val="008F262F"/>
     <w:rsid w:val="0093057C"/>
     <w:rsid w:val="00994626"/>
     <w:rsid w:val="009A4856"/>
     <w:rsid w:val="00A20CA4"/>
     <w:rsid w:val="00A84D27"/>
     <w:rsid w:val="00AE3AB1"/>
     <w:rsid w:val="00B00A01"/>
     <w:rsid w:val="00B51B09"/>
     <w:rsid w:val="00B64E69"/>
     <w:rsid w:val="00B866E2"/>
     <w:rsid w:val="00BB2071"/>
     <w:rsid w:val="00BD326D"/>
     <w:rsid w:val="00BD6EDD"/>
     <w:rsid w:val="00BE52D5"/>
     <w:rsid w:val="00BF61EE"/>
     <w:rsid w:val="00C14EA0"/>
     <w:rsid w:val="00C44196"/>
     <w:rsid w:val="00CB4B8F"/>
     <w:rsid w:val="00CC32CD"/>
     <w:rsid w:val="00CF45CC"/>
     <w:rsid w:val="00CF699F"/>
     <w:rsid w:val="00D320B1"/>
     <w:rsid w:val="00D4739B"/>
     <w:rsid w:val="00D567FC"/>
     <w:rsid w:val="00D77A82"/>
@@ -3341,51 +3178,51 @@
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="000458C6"/>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007830A0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:wpchancellor@missouristate.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:WPChancellor@MissouriState.edu?subject=Honorary%20Degree%20Nomination" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3644,56 +3481,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...4 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6d06979b-00b6-4173-b18c-e6ef93001652" xmlns:ns3="ca2281f2-d394-4f0b-9ff5-bcc9a205585a" xmlns:ns4="6fae9c5a-a985-4f3d-9ba6-829e00a40ed1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="fa85f0ec18588b5d397ddf8bd94b0335" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001A5F5A4E79ED7545A7E4C58C6DC460AC" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1eab7d3cca0ef91208bd1576d009e983">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="6d06979b-00b6-4173-b18c-e6ef93001652" xmlns:ns3="ca2281f2-d394-4f0b-9ff5-bcc9a205585a" xmlns:ns4="6fae9c5a-a985-4f3d-9ba6-829e00a40ed1" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b09c11be7cdcdf6a98782b18c8573c6c" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="6d06979b-00b6-4173-b18c-e6ef93001652"/>
     <xsd:import namespace="ca2281f2-d394-4f0b-9ff5-bcc9a205585a"/>
     <xsd:import namespace="6fae9c5a-a985-4f3d-9ba6-829e00a40ed1"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
@@ -3907,131 +3740,151 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <TaxCatchAll xmlns="ca2281f2-d394-4f0b-9ff5-bcc9a205585a" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="6d06979b-00b6-4173-b18c-e6ef93001652">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5EE883B-2BCF-4731-BD11-B7A09C7A7537}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CBB2E00A-4B90-47E3-A99B-71D3D627267B}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="6d06979b-00b6-4173-b18c-e6ef93001652"/>
+    <ds:schemaRef ds:uri="ca2281f2-d394-4f0b-9ff5-bcc9a205585a"/>
+    <ds:schemaRef ds:uri="6fae9c5a-a985-4f3d-9ba6-829e00a40ed1"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F904B2FD-92FF-410D-9F28-CCE0EDD3D7E2}"/>
-[...2 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{67BE0058-8968-4947-9477-73B0F866C34D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{09893799-42D8-44E9-9518-3595B35227CB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="ca2281f2-d394-4f0b-9ff5-bcc9a205585a"/>
     <ds:schemaRef ds:uri="6d06979b-00b6-4173-b18c-e6ef93001652"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B5EE883B-2BCF-4731-BD11-B7A09C7A7537}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>267</Words>
-  <Characters>1629</Characters>
+  <Words>246</Words>
+  <Characters>1688</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>116</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>120</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>SMSU – West Plains Distinguished Alumnus Award</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>SMSU</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1850</CharactersWithSpaces>
+  <CharactersWithSpaces>1887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>SMSU – West Plains Distinguished Alumnus Award</dc:title>
   <dc:creator>Marty Marty</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>e7ae15f565c1fde81481474eed3ae2eb14335d7f5df96d9c636ace2a50bbbb91</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ContentTypeId">
     <vt:lpwstr>0x0101001A5F5A4E79ED7545A7E4C58C6DC460AC</vt:lpwstr>